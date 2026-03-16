--- v0 (2025-11-13)
+++ v1 (2026-03-16)
@@ -1094,222 +1094,114 @@
       <w:r w:rsidR="000E70B3" w:rsidRPr="00D3549F">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="0034488C">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D3549F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="788EA7F7" w14:textId="77777777" w:rsidR="000E70B3" w:rsidRPr="003D7B98" w:rsidRDefault="000E70B3" w:rsidP="003D7B98">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6EFB3D38" w14:textId="77777777" w:rsidR="00D7672C" w:rsidRDefault="00D7672C" w:rsidP="00A125E9">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1CDAC4FA" w14:textId="4B008BAD" w:rsidR="00633CEA" w:rsidRDefault="00A125E9" w:rsidP="00A125E9">
+    <w:p w14:paraId="4C21CC7B" w14:textId="2F130A87" w:rsidR="00BC0219" w:rsidRPr="00BC0219" w:rsidRDefault="00BC0219" w:rsidP="00BC0219">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FF365D">
+      <w:r w:rsidRPr="00BC0219">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">PLEASE </w:t>
-[...11 lines deleted...]
-        <w:t>and</w:t>
+        <w:t xml:space="preserve">Please retain a copy, scan, and email the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> SIGNED documents </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FF365D">
+        <w:t xml:space="preserve">user request and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC0219">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">BY EMAIL ATTACHMENT </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>signed documents to the email address below:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47AE796D" w14:textId="77777777" w:rsidR="00BC0219" w:rsidRPr="00BC0219" w:rsidRDefault="00BC0219" w:rsidP="00BC0219">
+      <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>to</w:t>
-[...6 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="77AFFFE2" w14:textId="48DFEA24" w:rsidR="00A125E9" w:rsidRDefault="00A125E9" w:rsidP="00000D15">
+    <w:p w14:paraId="77AFFFE2" w14:textId="35BB4ACA" w:rsidR="00A125E9" w:rsidRDefault="00BC0219" w:rsidP="00BC0219">
       <w:pPr>
+        <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00BC0219">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>NCLEAD</w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve">Help Desk email: </w:t>
       </w:r>
       <w:hyperlink r:id="rId6" w:history="1">
         <w:r w:rsidR="00633CEA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t>Dph.LeadHelpdesk@dhhs.nc.gov</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="35F87AA3" w14:textId="77777777" w:rsidR="00332B46" w:rsidRDefault="00332B46" w:rsidP="00A125E9">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...60 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="79F03CF4" w14:textId="77777777" w:rsidR="00A125E9" w:rsidRDefault="00A125E9" w:rsidP="003D7B98"/>
     <w:p w14:paraId="105F5C66" w14:textId="51264244" w:rsidR="00332B46" w:rsidRDefault="003D7B98" w:rsidP="003D7B98">
       <w:r w:rsidRPr="000E451C">
         <w:t>Information, forms</w:t>
       </w:r>
       <w:r w:rsidR="00321A28">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="000E451C">
         <w:t xml:space="preserve"> and the NCLEAD user manual are available on the NCLEAD website at:  </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidR="00364CAC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://ehs.dph.ncdhhs.gov/hhccehb/cehu/lead/nclead.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="000E451C">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00332B46">
         <w:t xml:space="preserve"> </w:t>
@@ -1352,206 +1244,209 @@
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="76008ACF" w14:textId="198542B6" w:rsidR="003D7B98" w:rsidRPr="003D7B98" w:rsidRDefault="003D7B98" w:rsidP="003D7B98">
+  <w:p w14:paraId="76008ACF" w14:textId="47530BC6" w:rsidR="003D7B98" w:rsidRPr="003D7B98" w:rsidRDefault="003D7B98" w:rsidP="003D7B98">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="003D7B98">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>Updated 0</w:t>
+      <w:t xml:space="preserve">Updated </w:t>
     </w:r>
-    <w:r w:rsidR="00A92BAA">
+    <w:r w:rsidR="00BC0219">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>9</w:t>
+      <w:t>11</w:t>
     </w:r>
     <w:r w:rsidRPr="003D7B98">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>/</w:t>
     </w:r>
-    <w:r w:rsidR="00A92BAA">
+    <w:r w:rsidR="00BC0219">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>08</w:t>
+      <w:t>17</w:t>
     </w:r>
     <w:r w:rsidRPr="003D7B98">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>/20</w:t>
     </w:r>
     <w:r w:rsidR="00D62BD5">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00A92BAA">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2917547F" w14:textId="77777777" w:rsidR="00D064F5" w:rsidRDefault="00D064F5" w:rsidP="003D7B98">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="54E1AEC6" w14:textId="77777777" w:rsidR="00D064F5" w:rsidRDefault="00D064F5" w:rsidP="003D7B98">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="YR5umAvF4W5+de18uXhjefYPut+GxPWA+pMCCSiUVvlWuDvQmeeI9qfFNKAR8H8zpzXerHq9+l7acVSk7X20aw==" w:salt="CHQEtsigZ3zbFjf1FA4qzQ=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="5N2m10JN2bc5F+tI3EFUVZe/Quoujp5UREzETU9dseBwPPp6cTnS3UX7zZK5hJnH6SZcQ41h0wK2+ymtqrcbUg==" w:salt="YJyFZ48RnSUjZzuo5tWlQQ=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003D7B98"/>
     <w:rsid w:val="00000D15"/>
     <w:rsid w:val="000021C6"/>
     <w:rsid w:val="00046229"/>
     <w:rsid w:val="000A2D0A"/>
     <w:rsid w:val="000A63B2"/>
     <w:rsid w:val="000B55C6"/>
     <w:rsid w:val="000C2341"/>
     <w:rsid w:val="000D7A0B"/>
     <w:rsid w:val="000E70B3"/>
     <w:rsid w:val="00127EB2"/>
     <w:rsid w:val="00163F2F"/>
     <w:rsid w:val="00240BAB"/>
     <w:rsid w:val="002526E8"/>
     <w:rsid w:val="00253DB8"/>
     <w:rsid w:val="00274F19"/>
     <w:rsid w:val="003068B6"/>
     <w:rsid w:val="003107F7"/>
     <w:rsid w:val="00321A28"/>
     <w:rsid w:val="00332B46"/>
     <w:rsid w:val="0034488C"/>
     <w:rsid w:val="00364CAC"/>
     <w:rsid w:val="0036642C"/>
     <w:rsid w:val="003D7B98"/>
     <w:rsid w:val="0045772F"/>
     <w:rsid w:val="00481C8D"/>
+    <w:rsid w:val="004B7A48"/>
     <w:rsid w:val="00541A08"/>
     <w:rsid w:val="00590842"/>
     <w:rsid w:val="00633CEA"/>
     <w:rsid w:val="006655EF"/>
     <w:rsid w:val="00694A33"/>
     <w:rsid w:val="006B0FD8"/>
     <w:rsid w:val="00776DCD"/>
     <w:rsid w:val="00847799"/>
     <w:rsid w:val="00857305"/>
     <w:rsid w:val="00877990"/>
     <w:rsid w:val="008C44E9"/>
     <w:rsid w:val="00915268"/>
     <w:rsid w:val="00946210"/>
     <w:rsid w:val="0097461B"/>
     <w:rsid w:val="00983BE8"/>
     <w:rsid w:val="009D54A5"/>
     <w:rsid w:val="00A125E9"/>
     <w:rsid w:val="00A83FEF"/>
     <w:rsid w:val="00A92BAA"/>
     <w:rsid w:val="00B32C15"/>
     <w:rsid w:val="00B6704F"/>
     <w:rsid w:val="00BA0DB2"/>
+    <w:rsid w:val="00BC0219"/>
     <w:rsid w:val="00C83D13"/>
     <w:rsid w:val="00C96CD5"/>
     <w:rsid w:val="00D064F5"/>
     <w:rsid w:val="00D22EA8"/>
     <w:rsid w:val="00D3549F"/>
     <w:rsid w:val="00D62BD5"/>
     <w:rsid w:val="00D7672C"/>
     <w:rsid w:val="00D9009A"/>
     <w:rsid w:val="00D91B63"/>
     <w:rsid w:val="00E023EE"/>
     <w:rsid w:val="00E53280"/>
+    <w:rsid w:val="00EA087B"/>
     <w:rsid w:val="00EA0D7C"/>
     <w:rsid w:val="00ED0B22"/>
     <w:rsid w:val="00F22088"/>
     <w:rsid w:val="00F36AD4"/>
     <w:rsid w:val="00F42B85"/>
     <w:rsid w:val="00FE7C0F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
@@ -2562,50 +2457,51 @@
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:comments="0" w:insDel="0" w:formatting="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00297486"/>
     <w:rsid w:val="00060C0B"/>
     <w:rsid w:val="00261915"/>
     <w:rsid w:val="00297486"/>
     <w:rsid w:val="003068B6"/>
     <w:rsid w:val="003107F7"/>
     <w:rsid w:val="0036642C"/>
+    <w:rsid w:val="004B7A48"/>
     <w:rsid w:val="00946210"/>
     <w:rsid w:val="00D9009A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
@@ -3448,66 +3344,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>343</Words>
-  <Characters>1958</Characters>
+  <Words>312</Words>
+  <Characters>1781</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>16</Lines>
+  <Lines>14</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2297</CharactersWithSpaces>
+  <CharactersWithSpaces>2089</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Tena Hand</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>